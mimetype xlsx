--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,89 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10917"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Gala/Desktop/NATATION/4. Compétitions &amp; officiels/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97ED5FFE-039A-414B-B3C0-FC775F17B3D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A8DEBCD6-4C8C-3D46-B33E-F838B024179F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="25600" windowHeight="16000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="500" windowWidth="25600" windowHeight="14280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RC Bassin 25m" sheetId="1" r:id="rId1"/>
     <sheet name="RD Bassin 25m" sheetId="3" r:id="rId2"/>
     <sheet name="RC Bassin 50m" sheetId="2" r:id="rId3"/>
     <sheet name="RD Bassin 50m" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B5" i="4" l="1"/>
+  <c r="B4" i="2"/>
+  <c r="B4" i="1"/>
+  <c r="B5" i="3"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1376" uniqueCount="603">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1377" uniqueCount="604">
   <si>
     <r>
       <t>Bassin de 25 mètres</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <t>Dames</t>
   </si>
   <si>
     <t>Messieurs</t>
   </si>
   <si>
     <t>100 NL</t>
   </si>
   <si>
     <t>200 NL</t>
@@ -200,80 +210,68 @@
     <t>00:32.18
 Ilona
 Bolvin
 2018</t>
   </si>
   <si>
     <r>
       <t>Bassin de 50 mètres</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <t>06:16.73
 Léonora Camporelli
 2018</t>
   </si>
   <si>
-    <t>00:31.04
-[...4 lines deleted...]
-  <si>
     <t>00:34.50
 Solen
 Lannic
 2016</t>
   </si>
   <si>
     <t>01:13.80
 Solen
 Lannic
 2016</t>
   </si>
   <si>
     <t>02:42.04
 Solen
 Lannic
 2016</t>
   </si>
   <si>
-    <t>00:35.29
-[...4 lines deleted...]
-  <si>
     <t>01:20.24
 Bastien
 Roland
 2013</t>
   </si>
   <si>
     <t>05:56.66
 Victor
 Loris
 2016</t>
   </si>
   <si>
     <t>00:34.67
 Ilona
 Bolvin
 2016</t>
   </si>
   <si>
     <t>00:32.90
 Bastien
 Roland
 2014</t>
   </si>
   <si>
     <t>01:06.98
@@ -3557,50 +3555,68 @@
 2025</t>
   </si>
   <si>
     <t>01:26.87
 Camille
 Carré
 2025</t>
   </si>
   <si>
     <t>02:38.19
 Clémence
 Goulu
 2025</t>
   </si>
   <si>
     <t>00:30.48
 Albane
 Robin
 2025</t>
   </si>
   <si>
     <t>02:29.21
 Hugo
 Lombrici
 2025</t>
+  </si>
+  <si>
+    <t>00:34.60
+Camille
+Carré
+2025</t>
+  </si>
+  <si>
+    <t>00:30.70
+Camille
+Carré
+2025</t>
+  </si>
+  <si>
+    <t>02:17.85
+Marine
+Lecuisinier
+2011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="19"/>
       <color rgb="FF1E90FF"/>
@@ -3730,51 +3746,51 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -3794,76 +3810,77 @@
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="15" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Accent5" xfId="2" builtinId="45"/>
     <cellStyle name="Insatisfaisant" xfId="1" builtinId="27"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF8AD8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4129,91 +4146,92 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K47"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="93" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="93" workbookViewId="0">
+      <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="9" width="15.6640625" customWidth="1"/>
     <col min="10" max="10" width="6" customWidth="1"/>
     <col min="11" max="11" width="17.6640625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="26" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="I3" s="22"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>293</v>
+      </c>
+      <c r="B4" s="27">
+        <f ca="1">TODAY()</f>
+        <v>46019</v>
       </c>
       <c r="I4" s="22"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A5" s="19"/>
       <c r="B5" s="20"/>
       <c r="I5" s="22"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A6" s="19"/>
       <c r="B6" s="20"/>
     </row>
     <row r="7" spans="1:11" ht="24" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
     </row>
@@ -4222,4674 +4240,4678 @@
       <c r="B8" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="7" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="G9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="H9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="I9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="K9" s="15"/>
     </row>
     <row r="10" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E10" s="17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F10" s="17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G10" s="17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="H10" s="17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="I10" s="17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="K10" s="15"/>
     </row>
     <row r="11" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="E11" s="10"/>
+        <v>488</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>603</v>
+      </c>
       <c r="F11" s="10" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="H11" s="10" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="I11" s="10" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="K11" s="17" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="F12" s="10" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="H12" s="10" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="I12" s="10" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="K12" s="17" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D13" s="12" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="G13" s="9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="I13" s="9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="K13" s="17"/>
     </row>
     <row r="14" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D14" s="23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="F14" s="10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="H14" s="10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="I14" s="10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="K14" s="17" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C15" s="12" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D15" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>35</v>
       </c>
       <c r="K15" s="15"/>
     </row>
     <row r="16" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D16" s="12" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="I16" s="9" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="K16" s="17"/>
     </row>
     <row r="17" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="F17" s="10" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="H17" s="9" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I17" s="9" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="K17" s="9" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="F18" s="10" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="I18" s="10" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="K18" s="17" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="H19" s="9" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="I19" s="9" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="K19" s="17" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="F20" s="16" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="G20" s="10" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="H20" s="10" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="I20" s="10" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="K20" s="17" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="E21" s="16" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F21" s="16" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="G21" s="16" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="H21" s="16" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="I21" s="16" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="K21" s="12"/>
     </row>
     <row r="22" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="E22" s="16" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="F22" s="16" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="G22" s="16" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="H22" s="16" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="I22" s="16" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="K22" s="17" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="F23" s="10" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="H23" s="10" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="I23" s="10" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="K23" s="17" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A24" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="F24" s="10" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="H24" s="10" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="I24" s="10" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="K24" s="9" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="H25" s="10" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="I25" s="10" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="K25" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>37</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="E26" s="16" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="F26" s="16" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="G26" s="10" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="H26" s="10" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="I26" s="10" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="K26" s="9" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="32" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" spans="1:11" ht="24" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A29" s="11"/>
       <c r="B29" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="12" t="s">
-        <v>38</v>
+      <c r="B30" s="13" t="s">
+        <v>602</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D30" s="12" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F30" s="12" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="G30" s="12" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="H30" s="12" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="I30" s="12" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C31" s="12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E31" s="12" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F31" s="12" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G31" s="12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="H31" s="12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="I31" s="12" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C32" s="12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D32" s="12" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E32" s="12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F32" s="12" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="G32" s="12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="H32" s="12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I32" s="12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C33" s="12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D33" s="12" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F33" s="12" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G33" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="H33" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I33" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A34" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H34" s="12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="I34" s="12" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D35" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F35" s="9" t="s">
         <v>163</v>
       </c>
-      <c r="E35" s="12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="9" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="H35" s="12" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="I35" s="9" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F36" s="12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H36" s="12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C37" s="12" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F37" s="12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="H37" s="12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="I37" s="12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C38" s="12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D38" s="12" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F38" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G38" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="H38" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="I38" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D39" s="12" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F39" s="15" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G39" s="15" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H39" s="15" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="I39" s="12" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D40" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F40" s="15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G40" s="15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D41" s="12" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F41" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G41" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H41" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B42" s="12" t="s">
-        <v>42</v>
+      <c r="B42" s="13" t="s">
+        <v>601</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D42" s="12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F42" s="12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G42" s="12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="H42" s="12" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="I42" s="12" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C43" s="12" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E43" s="12" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F43" s="12" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="G43" s="12" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="H43" s="12" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="I43" s="12" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C44" s="12" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D44" s="12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E44" s="12" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="H44" s="12" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="I44" s="12" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A45" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="12" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F45" s="12" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="G45" s="12" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="H45" s="12" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="I45" s="12" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A46" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C46" s="12" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G46" s="12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H46" s="12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="I46" s="12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A47" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D47" s="12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E47" s="12" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CFA5531C-3C9B-264A-9D51-580C40B513C6}">
   <dimension ref="A1:I47"/>
   <sheetViews>
-    <sheetView zoomScale="59" zoomScaleNormal="93" workbookViewId="0">
+    <sheetView zoomScale="75" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.6640625" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
     <col min="4" max="9" width="15.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="26" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" s="19" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>293</v>
+      </c>
+      <c r="B5" s="27">
+        <f ca="1">TODAY()</f>
+        <v>46019</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="B6" s="19"/>
       <c r="C6" s="20"/>
     </row>
     <row r="7" spans="1:9" ht="24" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="G9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="H9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="I9" s="15" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D10" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E10" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="F10" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="G10" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="H10" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="I10" s="17" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="F11" s="10" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="H11" s="10" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I11" s="10" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C12" s="10" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="F12" s="10" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="H12" s="10" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="I12" s="10" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C13" s="10" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D13" s="12" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F13" s="16" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G13" s="16" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="H13" s="10" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="I13" s="10" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="10" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="F14" s="10" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="H14" s="10" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="I14" s="10" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C15" s="12" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D15" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="10" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D16" s="12" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="F16" s="10" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="I16" s="10" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C17" s="16" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="F17" s="10" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="H17" s="12" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I17" s="10" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C18" s="16" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="F18" s="10" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="I18" s="10" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C19" s="16" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D19" s="16" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E19" s="16" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="F19" s="16" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="G19" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="H19" s="16" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C20" s="16" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D20" s="16" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="E20" s="16" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="F20" s="16" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="G20" s="16" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="H20" s="16" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="I20" s="16" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E21" s="16" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="F21" s="16" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G21" s="16" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="H21" s="16" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="I21" s="16" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="E22" s="16" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="F22" s="16" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="G22" s="16" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="H22" s="16" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="I22" s="16" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="E23" s="16" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="F23" s="16" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="G23" s="16" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="H23" s="16" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="I23" s="16" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="61" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D24" s="16" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="E24" s="16" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="F24" s="16" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G24" s="16" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="H24" s="16" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="I24" s="16" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C25" s="16" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D25" s="16" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="E25" s="16" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="H25" s="16" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="I25" s="10" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C26" s="16" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="D26" s="16" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="E26" s="16" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="F26" s="16" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="G26" s="16" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="H26" s="16" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="I26" s="10" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="32" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" spans="1:9" ht="24" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="11"/>
       <c r="B29" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="12" t="s">
-        <v>38</v>
+      <c r="B30" s="13" t="s">
+        <v>602</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D30" s="12" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F30" s="12" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="G30" s="12" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="H30" s="12" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="I30" s="12" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C31" s="12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E31" s="12" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F31" s="12" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G31" s="12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="H31" s="12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="I31" s="12" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C32" s="12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D32" s="12" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E32" s="12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F32" s="12" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="G32" s="12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="H32" s="12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I32" s="12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C33" s="12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D33" s="12" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F33" s="12" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G33" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="H33" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I33" s="12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A34" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="H34" s="12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="I34" s="12" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="E35" s="12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="H35" s="12" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="I35" s="9" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F36" s="12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H36" s="12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C37" s="12" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F37" s="12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="H37" s="12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="I37" s="12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C38" s="12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D38" s="12" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F38" s="12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G38" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="H38" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="I38" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D39" s="12" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F39" s="12" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="G39" s="12" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="H39" s="12" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="I39" s="12" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D40" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F40" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="G40" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D41" s="12" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F41" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G41" s="15" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="H41" s="15" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B42" s="12" t="s">
-        <v>42</v>
+      <c r="B42" s="13" t="s">
+        <v>601</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="D42" s="12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F42" s="12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G42" s="12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="H42" s="12" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="I42" s="12" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C43" s="12" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E43" s="12" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F43" s="12" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="G43" s="12" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="H43" s="12" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="I43" s="12" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C44" s="12" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D44" s="12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E44" s="12" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="H44" s="12" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="I44" s="12" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A45" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="12" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F45" s="12" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="G45" s="12" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="H45" s="12" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="I45" s="12" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A46" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C46" s="12" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="G46" s="12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H46" s="12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="I46" s="12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A47" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D47" s="12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E47" s="12" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F47" s="12" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="G47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I47" s="12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K45"/>
   <sheetViews>
     <sheetView zoomScale="62" workbookViewId="0">
-      <pane xSplit="1" ySplit="8" topLeftCell="B20" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="8" topLeftCell="B36" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="B4" sqref="B4"/>
+      <selection pane="bottomRight" activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="9" width="15.6640625" customWidth="1"/>
     <col min="10" max="10" width="5.5" customWidth="1"/>
     <col min="11" max="11" width="17.5" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="26" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="I3" s="22"/>
       <c r="K3" s="22"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>293</v>
+      </c>
+      <c r="B4" s="27">
+        <f ca="1">TODAY()</f>
+        <v>46019</v>
       </c>
       <c r="I4" s="22"/>
       <c r="K4" s="22"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A5" s="19"/>
       <c r="B5" s="20"/>
       <c r="I5" s="22"/>
       <c r="K5" s="22"/>
     </row>
     <row r="7" spans="1:11" ht="24" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="7" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="H9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="I9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="K9" s="15"/>
     </row>
     <row r="10" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D10" s="12" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="G10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="H10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="K10" s="15"/>
     </row>
     <row r="11" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="F11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="G11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="H11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="K11" s="17" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="12" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="F12" s="17" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="G12" s="17" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="H12" s="15" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="K12" s="17" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C13" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="H13" s="15" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="K13" s="17" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="F14" s="10" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="H14" s="10" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="I14" s="10" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="K14" s="17" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="F15" s="12" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G15" s="12" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="H15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="K15" s="15"/>
     </row>
     <row r="16" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D16" s="12" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="H16" s="9" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K16" s="17" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="E17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="K17" s="25" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="F18" s="15" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="G18" s="15" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H18" s="15" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="K18" s="17" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="F19" s="10" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="G19" s="10" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="H19" s="10" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="I19" s="10" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="K19" s="17" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="F20" s="24" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="G20" s="24" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="H20" s="10" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="I20" s="10" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="K20" s="17" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="F21" s="12" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="K21" s="12"/>
     </row>
     <row r="22" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D22" s="12" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="E22" s="16" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="H22" s="9" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="I22" s="9" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="K22" s="17" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="F23" s="10" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="H23" s="10" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="I23" s="10" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="K23" s="17" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="F24" s="15" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="G24" s="12" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="H24" s="15" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="K24" s="25" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="H25" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="K25" s="25" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="24" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="6"/>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A28" s="11"/>
       <c r="B28" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="11" t="s">
         <v>26</v>
       </c>
       <c r="H28" s="11" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="12" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C29" s="12" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D29" s="12" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F29" s="15" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G29" s="15" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="H29" s="15" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C30" s="12" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D30" s="12" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F30" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G30" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="H30" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C31" s="12" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G31" s="15" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="H31" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="61" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F32" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G32" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="H32" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="F33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="H33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D34" s="12" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F34" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="G34" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H34" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D35" s="12" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E35" s="12" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F35" s="12" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G35" s="12" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="H35" s="12" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="I35" s="12" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F36" s="12" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="H36" s="12" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C37" s="12" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F37" s="12" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="H37" s="12" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="I37" s="12" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F38" s="12" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="G38" s="13" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="I38" s="13" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B39" s="15" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F39" s="12" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="G39" s="13" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="I39" s="13" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="15" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="G40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C41" s="12" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F41" s="15" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G41" s="15" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="H41" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B42" s="13" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C42" s="12" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="F42" s="13" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="G42" s="15" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="H42" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C43" s="12" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E43" s="12" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F43" s="13" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="G43" s="17" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E44" s="17" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="F44" s="12" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G44" s="13" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="I44" s="13" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A45" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B45" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F45" s="12" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="G45" s="12" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="H45" s="12" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="I45" s="12" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{92B68733-068D-5C4D-9D61-80C18A0277C6}">
   <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView zoomScale="62" workbookViewId="0">
       <pane xSplit="1" ySplit="8" topLeftCell="B9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="B5" sqref="B5"/>
+      <selection pane="bottomRight" activeCell="M12" sqref="M12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="9" width="15.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="26" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" s="19" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" s="19" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>293</v>
+      </c>
+      <c r="B5" s="27">
+        <f ca="1">TODAY()</f>
+        <v>46019</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="24" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="H9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="I9" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C10" s="16" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D10" s="12" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="G10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="H10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="I10" s="15" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="61" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="F11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="G11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="H11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="I11" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="12" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="F12" s="17" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="G12" s="17" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="H12" s="15" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="16" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C13" s="16" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F13" s="17" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="G13" s="17" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="H13" s="15" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D14" s="23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="F14" s="17" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="G14" s="17" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="H14" s="17" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="I14" s="17" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="F15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="H15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="D16" s="12" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="E16" s="16" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="F16" s="16" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G16" s="16" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="H16" s="16" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="E17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C18" s="16" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D18" s="16" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="E18" s="16" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="F18" s="15" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="G18" s="15" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H18" s="15" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="16" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C19" s="16" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="D19" s="16" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="E19" s="16" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F19" s="16" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="G19" s="16" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H19" s="16" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="I19" s="16" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C20" s="16" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D20" s="16" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E20" s="16" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F20" s="16" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="G20" s="16" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H20" s="16" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="I20" s="16" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="61" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C21" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="F21" s="12" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="61" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="C22" s="16" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D22" s="12" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="E22" s="16" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="F22" s="16" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="G22" s="16" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="H22" s="16" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="I22" s="16" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="16" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C23" s="21" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="D23" s="16" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E23" s="16" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="F23" s="16" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="G23" s="16" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="H23" s="16" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="I23" s="16" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C24" s="16" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D24" s="16" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E24" s="16" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="F24" s="15" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="G24" s="15" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="H24" s="15" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="21" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C25" s="21" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D25" s="16" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E25" s="16" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F25" s="16" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="G25" s="16" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="H25" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="24" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="6"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="11"/>
       <c r="B28" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="11" t="s">
         <v>26</v>
       </c>
       <c r="H28" s="11" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="12" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C29" s="12" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D29" s="12" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F29" s="15" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G29" s="15" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="H29" s="15" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C30" s="12" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D30" s="12" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F30" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G30" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="H30" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C31" s="12" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G31" s="15" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="H31" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F32" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G32" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="H32" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="F33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="H33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D34" s="12" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F34" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="G34" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H34" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D35" s="12" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E35" s="12" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F35" s="12" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G35" s="12" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="H35" s="12" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="I35" s="12" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F36" s="12" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="H36" s="12" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="I36" s="12" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C37" s="12" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F37" s="12" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="H37" s="12" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="I37" s="12" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F38" s="12" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="G38" s="13" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="I38" s="13" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B39" s="15" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F39" s="12" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="G39" s="13" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="I39" s="13" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="15" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="G40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C41" s="12" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F41" s="15" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G41" s="15" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="H41" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B42" s="13" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C42" s="12" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="F42" s="13" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="G42" s="15" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="H42" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C43" s="12" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E43" s="12" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F43" s="13" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="G43" s="17" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="F44" s="12" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G44" s="13" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="I44" s="13" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="61" x14ac:dyDescent="0.2">
       <c r="A45" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B45" s="14" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C45" s="12" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F45" s="12" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="G45" s="12" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="H45" s="12" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="I45" s="12" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>